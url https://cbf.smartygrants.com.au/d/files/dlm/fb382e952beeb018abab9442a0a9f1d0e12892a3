--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -7465,112 +7465,120 @@
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:w w:val="121"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003E25E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="125"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Anticipated end date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7723F3A6" w14:textId="5E6F4296" w:rsidR="00693955" w:rsidRDefault="00693955" w:rsidP="00693955">
+    <w:p w14:paraId="7723F3A6" w14:textId="7FE046F0" w:rsidR="00693955" w:rsidRDefault="00693955" w:rsidP="00693955">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002605E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>01/07/</w:t>
       </w:r>
       <w:r w:rsidR="002440C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>2025</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00084EDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>30/06/202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005978AC">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:tab/>
+        <w:t>30/06/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00084EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:bCs/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="394716E0" w14:textId="77777777" w:rsidR="00693955" w:rsidRDefault="00693955" w:rsidP="00693955">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="774554AE" w14:textId="77777777" w:rsidR="00693955" w:rsidRDefault="00693955" w:rsidP="00693955">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F350A8">
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
         <w:t>Timelines</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39CE9817" w14:textId="77777777" w:rsidR="00693955" w:rsidRDefault="00693955" w:rsidP="00693955">
@@ -7797,103 +7805,117 @@
             <w:tcW w:w="2468" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1ADF9E23" w14:textId="77777777" w:rsidR="00693955" w:rsidRPr="00CE67CD" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F350A8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Purchase desk and OB equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC26E5F" w14:textId="3BDDCBAA" w:rsidR="00693955" w:rsidRPr="00CE67CD" w:rsidRDefault="00693955">
+          <w:p w14:paraId="0FC26E5F" w14:textId="73776014" w:rsidR="00693955" w:rsidRPr="00CE67CD" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">1 July </w:t>
             </w:r>
             <w:r w:rsidR="002440C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00084EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3110FB32" w14:textId="5CCFCFFA" w:rsidR="00693955" w:rsidRPr="00CE67CD" w:rsidRDefault="00693955">
+          <w:p w14:paraId="3110FB32" w14:textId="3A3D7219" w:rsidR="00693955" w:rsidRPr="00CE67CD" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">30 July </w:t>
             </w:r>
             <w:r w:rsidR="002440C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00084EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="738167FB" w14:textId="77777777" w:rsidR="00693955" w:rsidRPr="00CE67CD" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Technician</w:t>
             </w:r>
           </w:p>
@@ -7905,103 +7927,117 @@
             <w:tcW w:w="2468" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10130AED" w14:textId="77777777" w:rsidR="00693955" w:rsidRPr="00E12D1D" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F350A8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Instal new desk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4596F2AD" w14:textId="3396D60C" w:rsidR="00693955" w:rsidRPr="00F92969" w:rsidRDefault="00693955">
+          <w:p w14:paraId="4596F2AD" w14:textId="0ABD1A18" w:rsidR="00693955" w:rsidRPr="00F92969" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">15 August </w:t>
             </w:r>
             <w:r w:rsidR="002440C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00084EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE8A2C0" w14:textId="200CF184" w:rsidR="00693955" w:rsidRPr="00F92969" w:rsidRDefault="00693955">
+          <w:p w14:paraId="4AE8A2C0" w14:textId="4B10400D" w:rsidR="00693955" w:rsidRPr="00F92969" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">17 August </w:t>
             </w:r>
             <w:r w:rsidR="002440C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00084EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59B879AA" w14:textId="77777777" w:rsidR="00693955" w:rsidRPr="00F92969" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Technician</w:t>
             </w:r>
           </w:p>
@@ -8013,103 +8049,117 @@
             <w:tcW w:w="2468" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="125FE954" w14:textId="77777777" w:rsidR="00693955" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F350A8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Outside Broadcasts - 1/month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0486E3C2" w14:textId="52F6CAF4" w:rsidR="00693955" w:rsidRPr="00CE67CD" w:rsidRDefault="00693955">
+          <w:p w14:paraId="0486E3C2" w14:textId="5387428F" w:rsidR="00693955" w:rsidRPr="00CE67CD" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">20 September </w:t>
             </w:r>
             <w:r w:rsidR="002440C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00084EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45DC2B58" w14:textId="61CEB8A9" w:rsidR="00693955" w:rsidRPr="00CE67CD" w:rsidRDefault="00693955">
+          <w:p w14:paraId="45DC2B58" w14:textId="3B6C1BAF" w:rsidR="00693955" w:rsidRPr="00CE67CD" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">28 December </w:t>
             </w:r>
             <w:r w:rsidR="002440C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00084EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A77ACB5" w14:textId="77777777" w:rsidR="00693955" w:rsidRPr="00CE67CD" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Station Manager / technician / volunteers</w:t>
             </w:r>
           </w:p>
@@ -8121,103 +8171,117 @@
             <w:tcW w:w="2468" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69276CB7" w14:textId="77777777" w:rsidR="00693955" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D434CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Training program for new volunteers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28828A30" w14:textId="55BCC9F7" w:rsidR="00693955" w:rsidRPr="00351D3D" w:rsidRDefault="00693955">
+          <w:p w14:paraId="28828A30" w14:textId="63D0D895" w:rsidR="00693955" w:rsidRPr="00351D3D" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">17 August </w:t>
             </w:r>
             <w:r w:rsidR="002440C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00084EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32FC27E2" w14:textId="0D61B90F" w:rsidR="00693955" w:rsidRPr="00351D3D" w:rsidRDefault="00693955">
+          <w:p w14:paraId="32FC27E2" w14:textId="6660C988" w:rsidR="00693955" w:rsidRPr="00351D3D" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">17 September </w:t>
             </w:r>
             <w:r w:rsidR="002440C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00084EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E92D7C8" w14:textId="77777777" w:rsidR="00693955" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Trainers / volunteers</w:t>
             </w:r>
           </w:p>
@@ -8230,103 +8294,117 @@
           </w:tcPr>
           <w:p w14:paraId="10880764" w14:textId="77777777" w:rsidR="00693955" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D434CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>New programs launched</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D904418" w14:textId="53E55745" w:rsidR="00693955" w:rsidRDefault="00693955">
+          <w:p w14:paraId="4D904418" w14:textId="340B0E84" w:rsidR="00693955" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">1 October </w:t>
             </w:r>
             <w:r w:rsidR="002440C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00084EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32913279" w14:textId="00F0A7F4" w:rsidR="00693955" w:rsidRDefault="00693955">
+          <w:p w14:paraId="32913279" w14:textId="42214442" w:rsidR="00693955" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">1 October </w:t>
             </w:r>
             <w:r w:rsidR="002440C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00084EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="074A1910" w14:textId="77777777" w:rsidR="00693955" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Station Manager / trainers / volunteers</w:t>
             </w:r>
           </w:p>
@@ -10896,100 +10974,100 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Station Manager</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66C1D55F" w14:textId="77777777" w:rsidR="00113474" w:rsidRPr="00CE67CD" w:rsidRDefault="00113474" w:rsidP="00113474">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="133"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE67CD">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35238477" w14:textId="2E476D25" w:rsidR="00113474" w:rsidRPr="00CE67CD" w:rsidRDefault="00113474" w:rsidP="00113474">
+    <w:p w14:paraId="35238477" w14:textId="0C2235D5" w:rsidR="00113474" w:rsidRPr="00CE67CD" w:rsidRDefault="00113474" w:rsidP="00113474">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>15/0</w:t>
       </w:r>
       <w:r w:rsidR="005978AC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="002440C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00FD5DD5">
+      <w:r w:rsidR="00084EDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E9D92BD" w14:textId="77777777" w:rsidR="00113474" w:rsidRPr="00546B42" w:rsidRDefault="00113474" w:rsidP="00113474">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00113474" w:rsidRPr="00546B42">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1700" w:right="1300" w:bottom="1160" w:left="980" w:header="0" w:footer="966" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -14867,100 +14945,102 @@
   <w:num w:numId="31" w16cid:durableId="573322595">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B8492A"/>
     <w:rsid w:val="00027F9E"/>
     <w:rsid w:val="000321D4"/>
     <w:rsid w:val="00077FA4"/>
+    <w:rsid w:val="00084EDF"/>
     <w:rsid w:val="000B2E0B"/>
     <w:rsid w:val="000C2D36"/>
     <w:rsid w:val="00113474"/>
     <w:rsid w:val="001A7DCD"/>
     <w:rsid w:val="001C24F4"/>
     <w:rsid w:val="001D2B14"/>
     <w:rsid w:val="00203E10"/>
     <w:rsid w:val="002440C5"/>
     <w:rsid w:val="002B027E"/>
     <w:rsid w:val="002E7815"/>
     <w:rsid w:val="002F1BC9"/>
     <w:rsid w:val="002F2554"/>
     <w:rsid w:val="002F762E"/>
     <w:rsid w:val="0033648A"/>
     <w:rsid w:val="00355F1B"/>
     <w:rsid w:val="00366FD7"/>
     <w:rsid w:val="003751A0"/>
     <w:rsid w:val="0037569E"/>
     <w:rsid w:val="00395005"/>
     <w:rsid w:val="003A4FE2"/>
     <w:rsid w:val="003B18BB"/>
     <w:rsid w:val="003B1FB4"/>
     <w:rsid w:val="003B5C91"/>
     <w:rsid w:val="003D6A4D"/>
     <w:rsid w:val="003E25E8"/>
     <w:rsid w:val="0042160A"/>
     <w:rsid w:val="004462B8"/>
     <w:rsid w:val="004609AB"/>
     <w:rsid w:val="004640D9"/>
     <w:rsid w:val="00473868"/>
     <w:rsid w:val="00483471"/>
     <w:rsid w:val="004B2D64"/>
     <w:rsid w:val="004D158D"/>
     <w:rsid w:val="004D1F8D"/>
     <w:rsid w:val="00506889"/>
     <w:rsid w:val="00511225"/>
     <w:rsid w:val="00546B42"/>
     <w:rsid w:val="00572713"/>
     <w:rsid w:val="005978AC"/>
     <w:rsid w:val="005A1B4B"/>
     <w:rsid w:val="005A69C3"/>
     <w:rsid w:val="005C0D88"/>
     <w:rsid w:val="005C28A2"/>
     <w:rsid w:val="005C40B2"/>
     <w:rsid w:val="005D26B5"/>
     <w:rsid w:val="006106F5"/>
     <w:rsid w:val="006803E5"/>
     <w:rsid w:val="00693955"/>
     <w:rsid w:val="006E61E1"/>
     <w:rsid w:val="00712762"/>
+    <w:rsid w:val="00714DBE"/>
     <w:rsid w:val="00723BC0"/>
     <w:rsid w:val="007244E2"/>
     <w:rsid w:val="007C7EEA"/>
     <w:rsid w:val="007D0522"/>
     <w:rsid w:val="007E11E8"/>
     <w:rsid w:val="00821744"/>
     <w:rsid w:val="008937B8"/>
     <w:rsid w:val="0089610F"/>
     <w:rsid w:val="008A5FE6"/>
     <w:rsid w:val="008B4325"/>
     <w:rsid w:val="008C1944"/>
     <w:rsid w:val="008E79B4"/>
     <w:rsid w:val="00932FA1"/>
     <w:rsid w:val="009663B6"/>
     <w:rsid w:val="00972125"/>
     <w:rsid w:val="00972459"/>
     <w:rsid w:val="00977D44"/>
     <w:rsid w:val="009A529E"/>
     <w:rsid w:val="009C7773"/>
     <w:rsid w:val="009D029C"/>
     <w:rsid w:val="009D5896"/>
     <w:rsid w:val="009D5DC6"/>
     <w:rsid w:val="00A27ACC"/>
     <w:rsid w:val="00A52F5F"/>
     <w:rsid w:val="00A57E75"/>
@@ -16453,69 +16533,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2985</Words>
-  <Characters>17017</Characters>
+  <Words>3096</Words>
+  <Characters>16906</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>141</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>563</Lines>
+  <Paragraphs>416</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19963</CharactersWithSpaces>
+  <CharactersWithSpaces>19586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dean Linguey</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>