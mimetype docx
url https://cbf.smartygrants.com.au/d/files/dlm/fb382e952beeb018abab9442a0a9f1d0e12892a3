--- v1 (2025-12-05)
+++ v2 (2026-01-21)
@@ -152,62 +152,60 @@
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Organisation trading name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0335C11F" w14:textId="7278FCCD" w:rsidR="00932FA1" w:rsidRDefault="004D1F8D" w:rsidP="00932FA1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="133"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="115"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BF1EB5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:w w:val="115"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>MadeupFM</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="403E6EEB" w14:textId="77777777" w:rsidR="00932FA1" w:rsidRPr="00AE1C46" w:rsidRDefault="00932FA1" w:rsidP="00932FA1">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:w w:val="125"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="125"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
@@ -570,65 +568,51 @@
     </w:p>
     <w:p w14:paraId="0CDB5B66" w14:textId="77777777" w:rsidR="004D1F8D" w:rsidRPr="00546B42" w:rsidRDefault="004D1F8D" w:rsidP="004D1F8D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E869FA6" w14:textId="77777777" w:rsidR="00932FA1" w:rsidRDefault="00932FA1" w:rsidP="00932FA1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F762E">
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
-        <w:t xml:space="preserve">Applicant </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> contact details</w:t>
+        <w:t>Applicant organisation contact details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA791FA" w14:textId="77777777" w:rsidR="00932FA1" w:rsidRDefault="00932FA1" w:rsidP="00932FA1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4097E229" w14:textId="77777777" w:rsidR="00932FA1" w:rsidRPr="004462B8" w:rsidRDefault="00932FA1" w:rsidP="00932FA1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004462B8">
@@ -863,77 +847,55 @@
           <w:w w:val="125"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Traditional place name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="053B73FC" w14:textId="5410DFF0" w:rsidR="00932FA1" w:rsidRPr="00CE67CD" w:rsidRDefault="00F27C8C" w:rsidP="00932FA1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007433D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Kamilaroi</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Country</w:t>
+        <w:t>Kamilaroi/Gomeroi Country</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54DD4597" w14:textId="77777777" w:rsidR="00932FA1" w:rsidRDefault="00932FA1" w:rsidP="00932FA1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E.g., </w:t>
       </w:r>
       <w:r w:rsidRPr="004462B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
@@ -1241,78 +1203,107 @@
         <w:t>Tell us about your organisation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CB0F33D" w14:textId="3BA031C6" w:rsidR="00EF5C72" w:rsidRPr="00CE67CD" w:rsidRDefault="00EF5C72" w:rsidP="00EF5C72">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk153447792"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">We are a situated in a regional town of approximately 5,000 people. During the week, we have a variety of specialty music programs bookended by breakfast and afternoon programming that includes local news, information and interviews. A few nights a week we have programming in another language. The weekends we often broadcast live from local sporting events (e.g., AFL football) </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">We are a situated in a regional town of approximately 5,000 people. During the week, we have a variety of specialty music programs bookended by breakfast and afternoon programming that includes local news, information and interviews. A few nights a week we have programming in another language. The weekends we often broadcast live from local sporting events (e.g., AFL football) and also engage with festivals and events in the region doing approximately 25 outside broadcasts per year, including the local agricultural fair, NAIDOC, Filipino Fest, and many others. The local Mayor is on air for a talkback session once a week following Council meetings. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5C72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Each year we hold a gala fundraising dinner at the local hall to raise funds, attract new members and have a good time!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="2EA43A27" w14:textId="4A4C79F1" w:rsidR="00274643" w:rsidRDefault="00274643" w:rsidP="005D26B5">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Must be no more than </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="70E1966B" w14:textId="45EC817D" w:rsidR="005D26B5" w:rsidRPr="00CE67CD" w:rsidRDefault="005D26B5" w:rsidP="005D26B5">
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> words</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E1966B" w14:textId="63E04AD8" w:rsidR="005D26B5" w:rsidRPr="00CE67CD" w:rsidRDefault="005D26B5" w:rsidP="005D26B5">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D26B5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Project title</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE67CD">
         <w:rPr>
@@ -1692,95 +1683,95 @@
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE1C46">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">http://www.madeupfm.com.au/ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="777AB3D1" w14:textId="64CD1E4F" w:rsidR="00972459" w:rsidRDefault="00972459" w:rsidP="00972459">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00972459">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>ust be a URL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07782DE2" w14:textId="3DFBD711" w:rsidR="00AE1C46" w:rsidRPr="00AE1C46" w:rsidRDefault="007244E2" w:rsidP="00AE1C46">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007244E2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Total number of volunteers involved in your organisation over the past 12 months</w:t>
       </w:r>
       <w:r w:rsidR="00AE1C46" w:rsidRPr="00AE1C46">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39516378" w14:textId="3557554B" w:rsidR="00972459" w:rsidRPr="00CE67CD" w:rsidRDefault="007244E2" w:rsidP="00972459">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
@@ -2470,117 +2461,133 @@
       <w:r w:rsidR="00C5124E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> and to diagnose any issues with equipment in the studio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00886B41">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Not only will this ensure we remain connected to our listeners, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Not only will this ensure we remain connected to our listeners, it will also give our broadcasters the confidence to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5124E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">troubleshoot technical issues and </w:t>
+      </w:r>
       <w:r w:rsidRPr="00886B41">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>it</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>present great shows!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="229AE5DA" w14:textId="3F66BE49" w:rsidR="00932FA1" w:rsidRDefault="00511225" w:rsidP="00932FA1">
+    <w:p w14:paraId="229AE5DA" w14:textId="4349F8CD" w:rsidR="00932FA1" w:rsidRDefault="00511225" w:rsidP="00932FA1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511225">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Provide a short description (100 words recommended) of your project - what are you out to do?</w:t>
+        <w:t>Provide a short description (</w:t>
+      </w:r>
+      <w:r w:rsidR="00274643" w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Must be no more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r w:rsidR="00274643" w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00511225">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>) of your project - what are you out to do?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="7B45E36E" w14:textId="5728B456" w:rsidR="00BC57C0" w:rsidRPr="00AE1C46" w:rsidRDefault="00BC57C0" w:rsidP="00BC57C0">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
@@ -2590,106 +2597,145 @@
     </w:p>
     <w:p w14:paraId="7B8996A7" w14:textId="77777777" w:rsidR="0037569E" w:rsidRDefault="0037569E" w:rsidP="0037569E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Transmission costs, site rental / maintenance and power, are our most consistent and expensive costs. Our small team spends many hours raising funds and securing and maintaining sponsors to pay these costs that we find little time to develop and expand our programs, audiences and volunteer numbers. CBF support now will allow us to focus on these activities in our Strategic Plan (e.g., more outside broadcasts), and will help us engage with the community and become more resilient into the future. </w:t>
+        <w:t xml:space="preserve">Transmission costs, site rental / maintenance and power, are our most consistent and expensive costs. Our small team spends many hours raising funds and securing and maintaining sponsors to pay these costs that we find little time to develop and expand our programs, audiences and volunteer numbers. CBF support now will allow us to focus on these activities in our Strategic Plan (e.g., more outside broadcasts), and will help us engage with the community and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">become more resilient into the future. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01384DF8" w14:textId="48331A34" w:rsidR="005C40B2" w:rsidRPr="00CE67CD" w:rsidRDefault="20CB8D53" w:rsidP="20CB8D53">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="20CB8D53">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A new desk has been a priority for funding over the last 2 years due to its age and increasing need for maintenance. Our technician had identified the issues, which have been documented (see fault log and tech replacement plan) and we had started saving to purchase a new desk. Unfortunately, due to </w:t>
       </w:r>
       <w:r w:rsidR="003B1FB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>unexpected repairs to our transmission tower and antenna,</w:t>
       </w:r>
       <w:r w:rsidRPr="20CB8D53">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> we have not been able to raise sufficient funds to purchase this vital piece of equipment. There is a high risk that the desk may break down completely and we will be off the air. We have also identified our over-reliance on our one tech volunteer which is not sustainable and have decided to engage with the CMTO to deliver ‘tech for the non-technical’ training for our presenters. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6813D5F8" w14:textId="77777777" w:rsidR="005C40B2" w:rsidRDefault="005C40B2" w:rsidP="005C40B2">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+    <w:p w14:paraId="6813D5F8" w14:textId="68466D71" w:rsidR="005C40B2" w:rsidRPr="00274643" w:rsidRDefault="005C40B2" w:rsidP="005C40B2">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Must be no more than 200 words. </w:t>
+        <w:t xml:space="preserve">Must be no more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00274643" w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 words. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="062FED21" w14:textId="4B487AF5" w:rsidR="00BC57C0" w:rsidRDefault="00BC57C0" w:rsidP="00BC57C0">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC57C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
@@ -3850,120 +3896,108 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00203E10" w14:paraId="4AE89299" w14:textId="512FD090" w:rsidTr="45C98318">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3313" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26E977BE" w14:textId="40102F3A" w:rsidR="00203E10" w:rsidRDefault="45C98318">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="45C98318">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Continuous broadcast transmission </w:t>
             </w:r>
             <w:r w:rsidR="34102874" w:rsidRPr="34102874">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>through reduced breakdowns</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65A375BC" w14:textId="598AB0B0" w:rsidR="00203E10" w:rsidRDefault="00B80ECF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">preparations for unexpected change </w:t>
+              <w:t xml:space="preserve">Increase resilience through preparations for unexpected change </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3260FC34" w14:textId="26DD3BCC" w:rsidR="00203E10" w:rsidRDefault="45C98318">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="45C98318">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Upgrade studio equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00203E10" w14:paraId="74C0264E" w14:textId="4DB83334" w:rsidTr="45C98318">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3313" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="574CE799" w14:textId="08187DEE" w:rsidR="00203E10" w:rsidRDefault="20CB8D53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39CCA536">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
@@ -4355,71 +4389,51 @@
         <w:t>in the last column. E.g. what can you document, observe, or gather feedback about, to see if the outcome is on track or achieved? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36554BD8" w14:textId="0CE51822" w:rsidR="00B80ECF" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80ECF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Think about how you’ll get the data, and from whom – can you </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> it? If not, think of a more practical measure (or reconsider the outcome if need be). </w:t>
+        <w:t>Think about how you’ll get the data, and from whom – can you actually do it? If not, think of a more practical measure (or reconsider the outcome if need be). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E8E3700" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="00B80ECF" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="1636"/>
         <w:gridCol w:w="1766"/>
@@ -5062,107 +5076,107 @@
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Presenters </w:t>
             </w:r>
             <w:r w:rsidR="34102874" w:rsidRPr="34102874">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">have the skills to </w:t>
+              <w:t xml:space="preserve">have </w:t>
             </w:r>
             <w:r w:rsidR="34102874" w:rsidRPr="34102874">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">identify / rectify studio </w:t>
+              <w:t xml:space="preserve">the skills to identify / rectify studio </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">identify studio tech issues </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1636" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33ACA324" w14:textId="6CB2DDEC" w:rsidR="00B80ECF" w:rsidRPr="00C205F6" w:rsidRDefault="45C98318">
             <w:pPr>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="45C98318">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Number of presenters </w:t>
+              <w:t xml:space="preserve">Number of </w:t>
             </w:r>
             <w:r w:rsidRPr="45C98318">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>complete Tech for the non-technical training</w:t>
+              <w:t>presenters complete Tech for the non-technical training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00FB6D3B" w14:textId="49067075" w:rsidR="00B80ECF" w:rsidRDefault="006106F5">
             <w:pPr>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
@@ -5206,51 +5220,61 @@
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="20CB8D53">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Certificates of completion</w:t>
             </w:r>
             <w:r w:rsidR="002E7815">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> from CMTO</w:t>
+              <w:t xml:space="preserve"> from </w:t>
+            </w:r>
+            <w:r w:rsidR="002E7815">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>CMTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="55C755F6" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B39ABB0" w14:textId="3822AAD5" w:rsidR="00B80ECF" w:rsidRDefault="006106F5" w:rsidP="00B80ECF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
@@ -5619,76 +5643,88 @@
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F90F895" w14:textId="756F02EB" w:rsidR="00B80ECF" w:rsidRDefault="00B80ECF" w:rsidP="006106F5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005978AC">
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
         <w:t>Diversity, inclusion and accessibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="179D417A" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="00AE1C46" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+    <w:p w14:paraId="179D417A" w14:textId="37E8B981" w:rsidR="00B80ECF" w:rsidRPr="00AE1C46" w:rsidRDefault="00274643" w:rsidP="00B80ECF">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005978AC">
+      <w:r w:rsidRPr="00176490">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>How do you represent and engage with the diverse communities (cultures, beliefs and languages) within your broadcast area? *</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00506889">
+        <w:t>How do you represent, engage with or encourage members of diverse communities to participate at your organisation?</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80ECF" w:rsidRPr="005978AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80ECF" w:rsidRPr="00506889">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E59487" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="001A7DCD" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
@@ -5789,1327 +5825,1310 @@
     </w:p>
     <w:p w14:paraId="47F02D36" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="00546B42" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A7DCD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">We run daily call outs for new volunteers and members letting people know how they can connect with the station. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64035432" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="00AE1C46" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="005978AC">
+    <w:p w14:paraId="083B3A6D" w14:textId="0E19F8E9" w:rsidR="00274643" w:rsidRDefault="00274643" w:rsidP="00274643">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>In what ways do you encourage members of diverse communities to participate at your organisation? *</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00506889">
+      </w:pPr>
+      <w:r w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Must be no more than </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 words. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B434208" w14:textId="7AE39795" w:rsidR="00B80ECF" w:rsidRPr="00AE1C46" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005978AC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6EC1EB5C" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="001A7DCD" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+        <w:t>How is your organisation accessible and inclusive for people with a disability? *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E48EB3F" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="008E79B4" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A7DCD">
-[...9 lines deleted...]
-    <w:p w14:paraId="206F2987" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="001A7DCD" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+      <w:r w:rsidRPr="008E79B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Our production studio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has a ramp making it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E79B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accessible </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for all abilities </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E79B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and can be used to pre-record programs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E75AE86" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="008E79B4" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A7DCD">
-[...9 lines deleted...]
-    <w:p w14:paraId="6398D251" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="001A7DCD" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+      <w:r w:rsidRPr="008E79B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Our Diversity Policy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>includes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E79B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a provision for people with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>a disability</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E79B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and our Community Engagement Team are directly responsible to work with people in a "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>mentor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E79B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>" system to make sure they can broadcast their programs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B50DF7" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="008E79B4" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A7DCD">
-[...9 lines deleted...]
-    <w:p w14:paraId="78C9690E" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="001A7DCD" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+      <w:r w:rsidRPr="008E79B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Our OB equipment can be utilised for remote broadcasting, as it is for a weekly program with the local Specialist School.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E59AEB" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="005978AC" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-AU"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="61D0330C" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="001C24F4" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E79B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We have a kitchen/meeting room as you come into the station where people can meet, have a cup of tea and chat in a relaxed atmosphere. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F13DBA" w14:textId="0BD9E004" w:rsidR="00274643" w:rsidRDefault="00274643" w:rsidP="00B80ECF">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="128"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Must be no more than </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A74E935" w14:textId="1EEF0721" w:rsidR="00B80ECF" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="128"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Relevant policies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22238D2B" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="00F60956" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48EB6836" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="00F60956" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="133"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60956">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attach a ﬁle: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:w w:val="115"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Diversity and Inclusion policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F60956">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:w w:val="115"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>.pdf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="115"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F60956">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5712D0" w14:textId="77777777" w:rsidR="00203E10" w:rsidRDefault="00203E10" w:rsidP="005A1B4B">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="125"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63560433" w14:textId="13BD3945" w:rsidR="003B5C91" w:rsidRDefault="003B5C91" w:rsidP="003B5C91">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E6F8C"/>
+          <w:w w:val="115"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E6F8C"/>
+          <w:w w:val="115"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Capacity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DEB6082" w14:textId="15AE9B3E" w:rsidR="00355F1B" w:rsidRPr="00355F1B" w:rsidRDefault="00355F1B" w:rsidP="00355F1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00355F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Your responses to the following questions will be assessed against the Capacity criterion and is worth 20% of your total score.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685F44B9" w14:textId="5A666D0C" w:rsidR="00355F1B" w:rsidRPr="00355F1B" w:rsidRDefault="00355F1B" w:rsidP="00355F1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00355F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>The Capacity criterion is assessed on how your application demonstrates how your organisation has the capacity to deliver on its goals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0447D5E5" w14:textId="6EC7FA69" w:rsidR="00355F1B" w:rsidRPr="00355F1B" w:rsidRDefault="00355F1B" w:rsidP="00355F1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00355F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>In the following question include details like:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E5691D" w14:textId="77777777" w:rsidR="00355F1B" w:rsidRPr="00355F1B" w:rsidRDefault="00355F1B" w:rsidP="00355F1B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00355F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>name and position of any key staff/volunteers in the organisation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45FE5CD8" w14:textId="77777777" w:rsidR="00355F1B" w:rsidRPr="00355F1B" w:rsidRDefault="00355F1B" w:rsidP="00355F1B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00355F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>their experience undertaking the activities identified in this application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C817FE" w14:textId="4A3CA61B" w:rsidR="00355F1B" w:rsidRPr="00355F1B" w:rsidRDefault="00355F1B" w:rsidP="00355F1B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00355F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>any relevant leadership experience on your Board/Committee or management team</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418DE2E2" w14:textId="6B773916" w:rsidR="00BC57C0" w:rsidRPr="00AE1C46" w:rsidRDefault="003B5C91" w:rsidP="00BC57C0">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B5C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Who will be responsible for the activities identiﬁed in this application and what relevant experience/expertise do they have?</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC57C0" w:rsidRPr="00506889">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA8FEA1" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="00C83755" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A7DCD">
-[...36 lines deleted...]
-    <w:p w14:paraId="2E48EB3F" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="008E79B4" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+      <w:r w:rsidRPr="00C83755">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Our Board (www.madeupfm.com.au/board) have experience amongst them as described on our website including a qualified radio technician, Jay Cee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573D62B8" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="00C83755" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E79B4">
-[...45 lines deleted...]
-    <w:p w14:paraId="3E75AE86" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="008E79B4" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+      <w:r w:rsidRPr="00C83755">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Jay Cee has been providing technical services to our station for over 20 years and has been working within the commercial radio sector as a technician for just as long. They will also provide advice on the best outside broadcast equipment to purchase and how it can link to our main studio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBB9E98" w14:textId="69D3E0D5" w:rsidR="006E61E1" w:rsidRPr="00CE67CD" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Our Diversity Policy </w:t>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C83755">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Other Board members are qualified trainers, marketing and communications people and event co-ordinators giving us the skills and expertise we need to conduct training, and plan and run events</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>includes</w:t>
-[...47 lines deleted...]
-    <w:p w14:paraId="43B50DF7" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="008E79B4" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BFFFDD" w14:textId="6951A929" w:rsidR="006E61E1" w:rsidRDefault="006E61E1" w:rsidP="006E61E1">
+      <w:r w:rsidRPr="006E61E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Include a link to a website demonstrating the experience or expertise of key staff and volunteers if you require more space.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274643" w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Must be no more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00274643" w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>00 words.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3770C9F3" w14:textId="5CFE2711" w:rsidR="006E61E1" w:rsidRDefault="006E61E1" w:rsidP="00077FA4">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E61E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the following question we want you to demonstrate how well your organisation is achieving the goals listed in your strategic plan. How do the activities you are seeking funding for fit within your organisation's strategic goals? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1364B138" w14:textId="4C8C24E9" w:rsidR="00077FA4" w:rsidRPr="00AE1C46" w:rsidRDefault="00077FA4" w:rsidP="00077FA4">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00077FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>How well is your organisation tracking against its strategic plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00506889">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DD417C" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="001C24F4" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E79B4">
-[...9 lines deleted...]
-    <w:p w14:paraId="13E59AEB" w14:textId="77777777" w:rsidR="00B80ECF" w:rsidRPr="005978AC" w:rsidRDefault="00B80ECF" w:rsidP="00B80ECF">
+      <w:r w:rsidRPr="001C24F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Upgrade of our outside broadcast van: Completed with volunteer labour and funded by local service clubs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03261794" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="001C24F4" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...333 lines deleted...]
-    <w:p w14:paraId="7DA8FEA1" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="00C83755" w:rsidRDefault="00395005" w:rsidP="00395005">
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C24F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>We have maintained our membership at 82 members over the last year. This has been due to new programming formats and increased interaction with our community through games, quizzes and talkback. This was instigated by our Programming Committee as we were not able to conduct outside broadcasts over the previous year. This will form part of our new programming format as we enter a “new normal” phase and expect increased engagement as we get out on the road and broadcast live from community events.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="676340F6" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="001C24F4" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C83755">
-[...9 lines deleted...]
-    <w:p w14:paraId="573D62B8" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="00C83755" w:rsidRDefault="00395005" w:rsidP="00395005">
+      <w:r w:rsidRPr="001C24F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>We have completed the refurbishment of one of our studios to enable disabled access.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5599754C" w14:textId="6F2C5D91" w:rsidR="006E61E1" w:rsidRPr="00CE67CD" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="4BBB9E98" w14:textId="69D3E0D5" w:rsidR="006E61E1" w:rsidRPr="00CE67CD" w:rsidRDefault="00395005" w:rsidP="00395005">
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C24F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>We have installed new station ID signs using our own funds at Shire and town boundaries so visitors are aware that we are the local broadcaster with the “inside local knowledge”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B35C32A" w14:textId="77777777" w:rsidR="006E61E1" w:rsidRDefault="006E61E1" w:rsidP="006E61E1">
+      <w:r w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Must be no more than 200 words. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B07FA19" w14:textId="73EAE773" w:rsidR="006E61E1" w:rsidRDefault="006E61E1" w:rsidP="004B2D64">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E61E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Please provide links to your Strategic Plan and Annual report. If these are not available on your website, please attach them below at Supporting documents.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="732F9742" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="00AE1C46" w:rsidRDefault="00395005" w:rsidP="00395005">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Strategic plan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CABAB0" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="00AE1C46" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-[...10 lines deleted...]
-        <w:t>Other Board members are qualified trainers, marketing and communications people and event co-ordinators giving us the skills and expertise we need to conduct training, and plan and run events</w:t>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1C46">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>http://www.madeupfm.com.au/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="3770C9F3" w14:textId="5CFE2711" w:rsidR="006E61E1" w:rsidRDefault="006E61E1" w:rsidP="00077FA4">
+        <w:t>strategic_plan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1368A138" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="00AE1C46" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-[...19 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00077FA4">
+      <w:r w:rsidRPr="00E71018">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>How well is your organisation tracking against its strategic plan</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B5C91">
+        <w:lastRenderedPageBreak/>
+        <w:t>Annual report with ﬁnancial statements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1C46">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>?</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40DD417C" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="001C24F4" w:rsidRDefault="00395005" w:rsidP="00395005">
+    <w:p w14:paraId="2FFDAC6C" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="00AE1C46" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C24F4">
-[...9 lines deleted...]
-    <w:p w14:paraId="03261794" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="001C24F4" w:rsidRDefault="00395005" w:rsidP="00395005">
+      <w:r w:rsidRPr="00AE1C46">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>http://www.madeupfm.com.au/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>annual_report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1C46">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CC8539" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="00AE1C46" w:rsidRDefault="00395005" w:rsidP="00395005">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71018">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Financial statement comments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1C46">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E1FBB52" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="00AE1C46" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C24F4">
-[...16 lines deleted...]
-        </w:pBdr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>$40K in our Business Account is an infrastructure grant we received from FRRR for building upgrades and must be used for this specific purpose before the end of the next financial year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333E4939" w14:textId="39F0D848" w:rsidR="00274643" w:rsidRDefault="00274643" w:rsidP="00395005">
+      <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
-        <w:ind w:left="128"/>
-[...66 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Must be no more than 200 words. </w:t>
-[...20 lines deleted...]
-        <w:t>Please provide links to your Strategic Plan and Annual report. If these are not available on your website, please attach them below at Supporting documents.</w:t>
+        <w:t xml:space="preserve">Must be no more than </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-[...217 lines deleted...]
-    <w:p w14:paraId="7261E392" w14:textId="77777777" w:rsidR="00395005" w:rsidRPr="00F60956" w:rsidRDefault="00395005" w:rsidP="00395005">
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> words.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7261E392" w14:textId="46046FB5" w:rsidR="00395005" w:rsidRPr="00F60956" w:rsidRDefault="00395005" w:rsidP="00395005">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4325">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Organisational chart</w:t>
       </w:r>
     </w:p>
@@ -8285,51 +8304,50 @@
               <w:t>Trainers / volunteers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693955" w:rsidRPr="00CE67CD" w14:paraId="40B02AC4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2468" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10880764" w14:textId="77777777" w:rsidR="00693955" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D434CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>New programs launched</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D904418" w14:textId="340B0E84" w:rsidR="00693955" w:rsidRDefault="00693955">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">1 October </w:t>
             </w:r>
@@ -8541,81 +8559,76 @@
     </w:p>
     <w:p w14:paraId="478ACCAC" w14:textId="7487F874" w:rsidR="00A97762" w:rsidRPr="00AE1C46" w:rsidRDefault="00A97762" w:rsidP="00A97762">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A97762">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Multiyear funding of our transmission costs for 3 years will give us the stability to build our reserves to prepare for a large infrastructure project in 4 </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="32DAC28B" w14:textId="77777777" w:rsidR="00A97762" w:rsidRDefault="00A97762" w:rsidP="00A97762">
+        <w:t xml:space="preserve">Multiyear funding of our transmission costs for 3 years will give us the stability to build our reserves to prepare for a large infrastructure project in 4 years time. It will allow us to focus on the preparation required to do this and spend more time building relationships with partners in the community. It will also give us more time to engage with new groups and hopefully have them presenting programs within the next year or so. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DAC28B" w14:textId="67A614E0" w:rsidR="00A97762" w:rsidRPr="00274643" w:rsidRDefault="00274643" w:rsidP="00A97762">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Must be no more than 200 words.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="047C3DB3" w14:textId="7FC7F2D3" w:rsidR="00113474" w:rsidRDefault="00113474" w:rsidP="00113474">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004609AB">
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
         <w:t>Budget</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629A994C" w14:textId="77777777" w:rsidR="00FD5DD5" w:rsidRDefault="00FD5DD5" w:rsidP="00113474">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -10142,51 +10155,50 @@
               </w:rPr>
               <w:t>Contributor – other funds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C301A0" w:rsidRPr="00CE67CD" w14:paraId="6D7A0861" w14:textId="77777777" w:rsidTr="00C301A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7608BDD1" w14:textId="5B05BEC1" w:rsidR="00C301A0" w:rsidRPr="004609AB" w:rsidRDefault="00C301A0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Transmission operational expenses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4866F06A" w14:textId="1EDF119A" w:rsidR="00C301A0" w:rsidRDefault="00C301A0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Transmission</w:t>
             </w:r>
           </w:p>
@@ -10663,50 +10675,51 @@
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="133"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="115"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F60956">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:w w:val="115"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Attach a ﬁle: </w:t>
       </w:r>
       <w:r w:rsidRPr="003B5C91">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="115"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>simple-technology-replacement-plan.xlsx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00E08E7D" w14:textId="77777777" w:rsidR="00113474" w:rsidRPr="00AE1C46" w:rsidRDefault="00113474" w:rsidP="00113474">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:w w:val="125"/>
@@ -10739,92 +10752,105 @@
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51EE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>We have three quotes for studio equipment and have chosen the quote from Equipment Vendor as our preferred supplier. Even though this is not the cheapest, they are a reliable supplier that provides ongoing support for any equipment purchased.</w:t>
       </w:r>
       <w:r w:rsidR="00A97762">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> It is most </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> our previous equipment and somewhat familiar to our broadcasters. </w:t>
+        <w:t xml:space="preserve"> It is most similar to our previous equipment and somewhat familiar to our broadcasters. </w:t>
       </w:r>
       <w:r w:rsidR="004640D9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Invoices relate to previous costs and are indicative of what the costs will be during the funding period. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08308B61" w14:textId="77777777" w:rsidR="00113474" w:rsidRPr="00546B42" w:rsidRDefault="00113474" w:rsidP="00113474">
+    <w:p w14:paraId="08308B61" w14:textId="7DA88CED" w:rsidR="00113474" w:rsidRPr="00546B42" w:rsidRDefault="00274643" w:rsidP="00113474">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Must be no more than </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> words.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="47CBD050" w14:textId="77777777" w:rsidR="00113474" w:rsidRPr="00220A7B" w:rsidRDefault="00113474" w:rsidP="00113474">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:color w:val="1E6F8C"/>
           <w:w w:val="115"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F762E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1E6F8C"/>
           <w:w w:val="115"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Assessment and Declaration</w:t>
       </w:r>
     </w:p>
@@ -14929,75 +14955,75 @@
   </w:num>
   <w:num w:numId="26" w16cid:durableId="556865805">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="424963920">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="240525142">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="144321849">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1521164765">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="573322595">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B8492A"/>
     <w:rsid w:val="00027F9E"/>
     <w:rsid w:val="000321D4"/>
     <w:rsid w:val="00077FA4"/>
     <w:rsid w:val="00084EDF"/>
     <w:rsid w:val="000B2E0B"/>
     <w:rsid w:val="000C2D36"/>
     <w:rsid w:val="00113474"/>
     <w:rsid w:val="001A7DCD"/>
     <w:rsid w:val="001C24F4"/>
     <w:rsid w:val="001D2B14"/>
     <w:rsid w:val="00203E10"/>
     <w:rsid w:val="002440C5"/>
+    <w:rsid w:val="00274643"/>
     <w:rsid w:val="002B027E"/>
     <w:rsid w:val="002E7815"/>
     <w:rsid w:val="002F1BC9"/>
     <w:rsid w:val="002F2554"/>
     <w:rsid w:val="002F762E"/>
     <w:rsid w:val="0033648A"/>
     <w:rsid w:val="00355F1B"/>
     <w:rsid w:val="00366FD7"/>
     <w:rsid w:val="003751A0"/>
     <w:rsid w:val="0037569E"/>
     <w:rsid w:val="00395005"/>
     <w:rsid w:val="003A4FE2"/>
     <w:rsid w:val="003B18BB"/>
     <w:rsid w:val="003B1FB4"/>
     <w:rsid w:val="003B5C91"/>
     <w:rsid w:val="003D6A4D"/>
     <w:rsid w:val="003E25E8"/>
     <w:rsid w:val="0042160A"/>
     <w:rsid w:val="004462B8"/>
     <w:rsid w:val="004609AB"/>
     <w:rsid w:val="004640D9"/>
     <w:rsid w:val="00473868"/>
     <w:rsid w:val="00483471"/>
     <w:rsid w:val="004B2D64"/>
     <w:rsid w:val="004D158D"/>
@@ -15029,50 +15055,51 @@
     <w:rsid w:val="0089610F"/>
     <w:rsid w:val="008A5FE6"/>
     <w:rsid w:val="008B4325"/>
     <w:rsid w:val="008C1944"/>
     <w:rsid w:val="008E79B4"/>
     <w:rsid w:val="00932FA1"/>
     <w:rsid w:val="009663B6"/>
     <w:rsid w:val="00972125"/>
     <w:rsid w:val="00972459"/>
     <w:rsid w:val="00977D44"/>
     <w:rsid w:val="009A529E"/>
     <w:rsid w:val="009C7773"/>
     <w:rsid w:val="009D029C"/>
     <w:rsid w:val="009D5896"/>
     <w:rsid w:val="009D5DC6"/>
     <w:rsid w:val="00A27ACC"/>
     <w:rsid w:val="00A52F5F"/>
     <w:rsid w:val="00A57E75"/>
     <w:rsid w:val="00A65918"/>
     <w:rsid w:val="00A93BEF"/>
     <w:rsid w:val="00A97762"/>
     <w:rsid w:val="00AB3FB3"/>
     <w:rsid w:val="00AB626F"/>
     <w:rsid w:val="00AD603F"/>
     <w:rsid w:val="00AE1C46"/>
+    <w:rsid w:val="00AF30DE"/>
     <w:rsid w:val="00B42A68"/>
     <w:rsid w:val="00B76F59"/>
     <w:rsid w:val="00B80ECF"/>
     <w:rsid w:val="00B8492A"/>
     <w:rsid w:val="00BC57C0"/>
     <w:rsid w:val="00BF1EB5"/>
     <w:rsid w:val="00C205F6"/>
     <w:rsid w:val="00C301A0"/>
     <w:rsid w:val="00C5124E"/>
     <w:rsid w:val="00C55FF6"/>
     <w:rsid w:val="00C720B3"/>
     <w:rsid w:val="00C75AD2"/>
     <w:rsid w:val="00C83755"/>
     <w:rsid w:val="00D434CF"/>
     <w:rsid w:val="00D613D3"/>
     <w:rsid w:val="00DA0724"/>
     <w:rsid w:val="00DC3904"/>
     <w:rsid w:val="00DD735C"/>
     <w:rsid w:val="00E05C50"/>
     <w:rsid w:val="00E325DE"/>
     <w:rsid w:val="00E55EDE"/>
     <w:rsid w:val="00E71018"/>
     <w:rsid w:val="00E9611D"/>
     <w:rsid w:val="00EA2FFC"/>
     <w:rsid w:val="00EB0019"/>
@@ -16533,69 +16560,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>3096</Words>
-  <Characters>16906</Characters>
+  <Words>3047</Words>
+  <Characters>16516</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>563</Lines>
-  <Paragraphs>416</Paragraphs>
+  <Lines>718</Lines>
+  <Paragraphs>362</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19586</CharactersWithSpaces>
+  <CharactersWithSpaces>19201</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dean Linguey</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>