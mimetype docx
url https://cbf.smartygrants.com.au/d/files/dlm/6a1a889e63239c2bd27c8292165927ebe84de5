--- v0 (2025-10-21)
+++ v1 (2026-01-21)
@@ -510,65 +510,51 @@
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EBBC00D" w14:textId="77777777" w:rsidR="00932FA1" w:rsidRDefault="00932FA1" w:rsidP="00932FA1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E869FA6" w14:textId="77777777" w:rsidR="00932FA1" w:rsidRDefault="00932FA1" w:rsidP="00932FA1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F762E">
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
-        <w:t xml:space="preserve">Applicant </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> contact details</w:t>
+        <w:t>Applicant organisation contact details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA791FA" w14:textId="77777777" w:rsidR="00932FA1" w:rsidRDefault="00932FA1" w:rsidP="00932FA1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4097E229" w14:textId="77777777" w:rsidR="00932FA1" w:rsidRPr="004462B8" w:rsidRDefault="00932FA1" w:rsidP="00932FA1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004462B8">
@@ -1073,69 +1059,58 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54EF7881" w14:textId="3FB15FEB" w:rsidR="00F11E52" w:rsidRPr="00F342CA" w:rsidRDefault="00F11E52" w:rsidP="00F11E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F342CA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Must</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> be no more than 1</w:t>
+        <w:t>Must be no more than 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00F342CA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">0 words. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BA24656" w14:textId="77777777" w:rsidR="00F11E52" w:rsidRPr="00F11E52" w:rsidRDefault="00F11E52" w:rsidP="00F11E52">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
@@ -1178,69 +1153,58 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54F614DF" w14:textId="10D43FA0" w:rsidR="00F342CA" w:rsidRPr="00F342CA" w:rsidRDefault="00F342CA" w:rsidP="00F342CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F342CA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Must</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> be no more than 10 words. A brief title to easily identify this grant. E.g. Station Manager salary</w:t>
+        <w:t>Must be no more than 10 words. A brief title to easily identify this grant. E.g. Station Manager salary</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6247B1F7" w14:textId="77777777" w:rsidR="00821744" w:rsidRPr="00821744" w:rsidRDefault="00821744" w:rsidP="00821744"/>
     <w:p w14:paraId="56F7CC95" w14:textId="77777777" w:rsidR="00B8492A" w:rsidRPr="00546B42" w:rsidRDefault="00B8492A" w:rsidP="00AE1C46">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE1C46">
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
         <w:t>Organisation details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48EFD63B" w14:textId="755F1162" w:rsidR="00AE1C46" w:rsidRPr="00AE1C46" w:rsidRDefault="00AE1C46" w:rsidP="00AE1C46">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
@@ -2101,67 +2065,85 @@
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F0FF79B" w14:textId="77777777" w:rsidR="00932FA1" w:rsidRPr="00CE67CD" w:rsidRDefault="00932FA1" w:rsidP="00932FA1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="229AE5DA" w14:textId="3F66BE49" w:rsidR="00932FA1" w:rsidRDefault="00511225" w:rsidP="00932FA1">
+    <w:p w14:paraId="229AE5DA" w14:textId="0B3FC97B" w:rsidR="00932FA1" w:rsidRDefault="00511225" w:rsidP="00932FA1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511225">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Provide a short description (100 words recommended) of your project - what are you out to do?</w:t>
+        <w:t>Provide a short description (1</w:t>
+      </w:r>
+      <w:r w:rsidR="00176490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00511225">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>0 words recommended) of your project - what are you out to do?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7B45E36E" w14:textId="4E9326FE" w:rsidR="00BC57C0" w:rsidRPr="00AE1C46" w:rsidRDefault="00BC57C0" w:rsidP="00BC57C0">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
@@ -2181,70 +2163,77 @@
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01384DF8" w14:textId="77777777" w:rsidR="005C40B2" w:rsidRPr="00CE67CD" w:rsidRDefault="005C40B2" w:rsidP="005C40B2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6813D5F8" w14:textId="77777777" w:rsidR="005C40B2" w:rsidRDefault="005C40B2" w:rsidP="005C40B2">
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="6813D5F8" w14:textId="7A048940" w:rsidR="005C40B2" w:rsidRDefault="005C40B2" w:rsidP="005C40B2">
       <w:r w:rsidRPr="002F1BC9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Must</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002F1BC9">
+        <w:t xml:space="preserve">Must be no more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00176490">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be no more than 200 words. </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 words. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="062FED21" w14:textId="4B487AF5" w:rsidR="00BC57C0" w:rsidRDefault="00BC57C0" w:rsidP="00BC57C0">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC57C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
@@ -2590,83 +2579,52 @@
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Attach a ﬁle: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4878D7DA" w14:textId="5EFD9099" w:rsidR="00E05C50" w:rsidRDefault="00E05C50" w:rsidP="005A1B4B">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="125"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E05C50">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">This could include planning permits, community statistics, results of community consultation, letters of support, </w:t>
-[...31 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>This could include planning permits, community statistics, results of community consultation, letters of support, a brief audio/video files from people/partners involved in the activities, etc</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E05C50">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="125"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7C3E52" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
@@ -2706,73 +2664,51 @@
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>In the next sections we ask you to nominate the outcomes you are wanting to achieve and how you will measure them.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2751A912" w14:textId="7B9853D2" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Describing outcomes and figuring out suitable measures is not everybody’s comfort zone – it’s OK if this feels a bit confusing! We have some handy resources and examples to help you think it </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Describing outcomes and figuring out suitable measures is not everybody’s comfort zone – it’s OK if this feels a bit confusing! We have some handy resources and examples to help you think it through: </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:i/>
           <w:iCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>link to new “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:i/>
           <w:iCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>outcomes and measures</w:t>
       </w:r>
@@ -2787,73 +2723,51 @@
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>” resource </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02CFE266" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">We encourage you to have a </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> get in touch with us if you would like to discuss ideas for outcomes and measures, or get some advice on your draft. </w:t>
+        <w:t>We encourage you to have a read, and get in touch with us if you would like to discuss ideas for outcomes and measures, or get some advice on your draft. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C2D01C6" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Outcomes are the changes or benefits you expect to occur because of the activities in your grant. Outcomes could be for your organisation, the project participants, your audience or community. </w:t>
       </w:r>
     </w:p>
@@ -3050,71 +2964,51 @@
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>The most important outcomes that you aim to achieve - no more than 4. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3840D890" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Outcomes that you can </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (we will ask about this next). </w:t>
+        <w:t>Outcomes that you can actually measure (we will ask about this next). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC0E6C1" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>If applying for grants of less than $10k, you only need to nominate 2 outcomes. </w:t>
       </w:r>
     </w:p>
@@ -3132,231 +3026,330 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3313"/>
         <w:gridCol w:w="3365"/>
         <w:gridCol w:w="2942"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BD5BDB" w14:paraId="280BBBC4" w14:textId="77777777" w:rsidTr="001D1A10">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3313" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48F92B7E" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+          <w:p w14:paraId="6A0CDE43" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Your o</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA0724">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>utcome</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="1A064F3A" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+          <w:p w14:paraId="48F92B7E" w14:textId="7D80EE57" w:rsidR="00176490" w:rsidRPr="00DA0724" w:rsidRDefault="00176490" w:rsidP="001D1A10">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00203E10">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3365" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A064F3A" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>Alignment with our outcomes</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00203E10">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00203E10">
+              <w:t>Alignment with our outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1A1E5C" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00203E10">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
               <w:t>How will you achieve this outcome?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD5BDB" w14:paraId="7E9CAA4D" w14:textId="77777777" w:rsidTr="001D1A10">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3313" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="652F09EB" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00203E10" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+          <w:p w14:paraId="652F09EB" w14:textId="1BE4B6C1" w:rsidR="00BD5BDB" w:rsidRPr="00203E10" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00203E10">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>What change do you expect will occur because of your project, and who will benefit? Please be brief – just one outcome per row.</w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00203E10">
+            <w:r w:rsidR="00176490">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>Which of our objectives does your outcome contribute to? Select one per row – if multiple apply, pick the most relevant one.</w:t>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="050DD478" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+            <w:r w:rsidR="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:color w:val="808080"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>No more than 25</w:t>
+            </w:r>
+            <w:r w:rsidR="00176490" w:rsidRPr="00511225">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:color w:val="808080"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> words</w:t>
+            </w:r>
+            <w:r w:rsidR="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:color w:val="808080"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> per outcome)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3365" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="589C73A8" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00203E10">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
+              <w:t>Which of our objectives does your outcome contribute to? Select one per row – if multiple apply, pick the most relevant one.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="050DD478" w14:textId="4C68F3B2" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00203E10">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
               <w:t>What will you do to help make this outcome happen? Which of your project activities leads to this particular outcome?</w:t>
+            </w:r>
+            <w:r w:rsidR="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:color w:val="808080"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>No more than 25</w:t>
+            </w:r>
+            <w:r w:rsidR="00176490" w:rsidRPr="00511225">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:color w:val="808080"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> words</w:t>
+            </w:r>
+            <w:r w:rsidR="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:color w:val="808080"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> per outcome)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD5BDB" w14:paraId="0C52BA1D" w14:textId="77777777" w:rsidTr="001D1A10">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3313" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B3E3A57" w14:textId="26B6F97E" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D510ADF" w14:textId="4170FD6C" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
@@ -3580,163 +3573,123 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Now we’d like to know how you will measure your progress towards achieving the outcomes you have nominated. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2283D6C6" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">These measures and targets will form the reporting requirements of your grant agreement if your grant is successful. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> it's important to choose measures and targets that are right for your project. </w:t>
+        <w:t xml:space="preserve">These measures and targets will form the reporting requirements of your grant agreement if your grant is successful. So it's important to choose measures and targets that are right for your project. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D32FEA" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Measures work best when they: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE1F082" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Clearly relate to the outcome </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CD49687" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Identify a specific unit of measurement, </w:t>
-[...19 lines deleted...]
-        <w:t>: Numbers of people / episodes / events or partners; $ of income; % of survey responses, etc </w:t>
+        <w:t>Identify a specific unit of measurement, e.g: Numbers of people / episodes / events or partners; $ of income; % of survey responses, etc </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="229F70B8" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Set a realistic target that is relevant to that specific outcome and measure </w:t>
@@ -3767,71 +3720,51 @@
         <w:t>Have been tested or are commonly used </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67C11C2D" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Are used sparingly - you are much better off to track one good reliable measure for an outcome, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> multiple vague or impractical measures. </w:t>
+        <w:t>Are used sparingly - you are much better off to track one good reliable measure for an outcome, than multiple vague or impractical measures. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7662CD8D" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Please use the table below to:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD5BDB">
@@ -3952,71 +3885,51 @@
         <w:t>in the last column. E.g. what can you document, observe, or gather feedback about, to see if the outcome is on track or achieved? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB55CE6" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5BDB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Think about how you’ll get the data, and from whom – can you </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> it? If not, think of a more practical measure (or reconsider the outcome if need be). </w:t>
+        <w:t>Think about how you’ll get the data, and from whom – can you actually do it? If not, think of a more practical measure (or reconsider the outcome if need be). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C2E0A9" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F31648D" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00B80ECF" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
@@ -4201,215 +4114,303 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Data Collection Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD5BDB" w14:paraId="5AA5379A" w14:textId="77777777" w:rsidTr="001D1A10">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37567E15" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+          <w:p w14:paraId="37567E15" w14:textId="7CB1A33A" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
             <w:pPr>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006106F5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>What change do you expect will occur because of your project, and who will benefit?</w:t>
             </w:r>
+            <w:r w:rsidR="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00176490" w:rsidRPr="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="808080"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00176490" w:rsidRPr="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="808080"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Must be no</w:t>
+            </w:r>
+            <w:r w:rsidR="00176490" w:rsidRPr="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="808080"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> more than 25 words per outcome)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C2FCAF1" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+          <w:p w14:paraId="0C2FCAF1" w14:textId="608D80D9" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
             <w:pPr>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006106F5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>What will you measure, to track progress of this outcome? One measure per row.</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="3"/>
+            <w:r w:rsidR="00176490">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="006106F5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00176490" w:rsidRPr="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="808080"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Must be no more than 25 words per outcome)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="208934D4" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+            <w:pPr>
+              <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+              <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>Where are you currently at with this measure?</w:t>
-[...10 lines deleted...]
-              <w:outlineLvl w:val="3"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006106F5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="006106F5">
+              <w:t>Where are you currently at with this measure?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ABC621C" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+            <w:pPr>
+              <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+              <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>Identify a target - an estimated new total number</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="006106F5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Identify a target - an estimated new total number</w:t>
             </w:r>
-            <w:r w:rsidRPr="006106F5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>/result for this measure at the end of your project.</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="3"/>
+            <w:r w:rsidRPr="006106F5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="006106F5">
+              <w:t>/result for this measure at the end of your project.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2821" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="380CB5BF" w14:textId="7E7F8F06" w:rsidR="00BD5BDB" w:rsidRPr="00DA0724" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
+            <w:pPr>
+              <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+              <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006106F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
               <w:t>How will you track your results? E.g. things like listener/platform analytics, attendance records, volunteer database, program documents, online survey, etc.</w:t>
+            </w:r>
+            <w:r w:rsidR="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00176490" w:rsidRPr="00176490">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="808080"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Must be no more than 25 words per outcome)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD5BDB" w14:paraId="57D9DC44" w14:textId="77777777" w:rsidTr="001D1A10">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F52F946" w14:textId="01B43239" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="001D1A10">
             <w:pPr>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1636" w:type="dxa"/>
@@ -4804,50 +4805,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006106F5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>your community of interest </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64471AEA" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="006106F5" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006106F5">
         <w:rPr>
@@ -4905,51 +4907,50 @@
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="437C1DB0" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006106F5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If you don’t have a specific target group/s, please select 'Universal'.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B8BCF11" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D9388C2" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -4999,156 +5000,112 @@
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E50504B" w14:textId="77777777" w:rsidR="00530A6B" w:rsidRDefault="00530A6B" w:rsidP="00530A6B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005978AC">
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
         <w:t>Diversity, inclusion and accessibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A25474E" w14:textId="77777777" w:rsidR="00530A6B" w:rsidRPr="00AE1C46" w:rsidRDefault="00530A6B" w:rsidP="00530A6B">
+    <w:p w14:paraId="4A25474E" w14:textId="7B728CE0" w:rsidR="00530A6B" w:rsidRPr="00AE1C46" w:rsidRDefault="00176490" w:rsidP="00530A6B">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005978AC">
+      <w:r w:rsidRPr="00176490">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>How do you represent and engage with the diverse communities (cultures, beliefs and languages) within your broadcast area? *</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00506889">
+        <w:t>How do you represent, engage with or encourage members of diverse communities to participate at your organisation?</w:t>
+      </w:r>
+      <w:r w:rsidR="00530A6B" w:rsidRPr="005978AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00530A6B" w:rsidRPr="00506889">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="132D510F" w14:textId="77777777" w:rsidR="00530A6B" w:rsidRPr="00546B42" w:rsidRDefault="00530A6B" w:rsidP="00530A6B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-        </w:rPr>
-[...54 lines deleted...]
-          <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B4CD254" w14:textId="77777777" w:rsidR="00530A6B" w:rsidRPr="00AE1C46" w:rsidRDefault="00530A6B" w:rsidP="00530A6B">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005978AC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
@@ -5448,68 +5405,95 @@
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FAD2F3D" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00CE67CD" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41FA11AC" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
+    <w:p w14:paraId="41FA11AC" w14:textId="4FBE477B" w:rsidR="00BD5BDB" w:rsidRPr="00176490" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:r w:rsidRPr="006E61E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Include a link to a website demonstrating the experience or expertise of key staff and volunteers if you require more space.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F1BC9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00176490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Must be n</w:t>
+      </w:r>
+      <w:r w:rsidR="00176490" w:rsidRPr="00176490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00176490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>200 words.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3184DD82" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E61E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">In the following question we want you to demonstrate how well your organisation is achieving the goals listed in your strategic plan. How do the activities you are seeking funding for fit within your organisation's strategic goals? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51329EE4" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00AE1C46" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
@@ -5574,69 +5558,58 @@
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75FAC204" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00CE67CD" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FF20C2A" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002F1BC9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Must</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> be no more than 200 words. </w:t>
+        <w:t xml:space="preserve">Must be no more than 200 words. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C972B5" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E61E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide links to your Strategic Plan and Annual report. If these are not available on your website, please attach </w:t>
       </w:r>
       <w:r w:rsidRPr="006E61E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
@@ -5686,91 +5659,51 @@
     <w:p w14:paraId="1D31F3A6" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00CE67CD" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="205CE1E7" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:r w:rsidRPr="006E61E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Or </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> plan that you call something else. See https://cbf.org.au/strategic-planning/</w:t>
+        <w:t>Or similar document if you have a long-term organisational plan that you call something else. See https://cbf.org.au/strategic-planning/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2653100B" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00AE1C46" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E71018">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
@@ -5792,111 +5725,51 @@
     <w:p w14:paraId="5B9B4784" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00CE67CD" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F1384C4" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:r w:rsidRPr="006E61E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Your </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> please contact the CBF Grants Support Team. E.g. https://cbf.org.au/learn/how-we-help/annual-report/</w:t>
+        <w:t>Your organisation’s financial statements and annual report may be shared with the CBAA and other sector organisations for the purposes of sector research. If you do not wish us to share this information please contact the CBF Grants Support Team. E.g. https://cbf.org.au/learn/how-we-help/annual-report/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AD95008" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00AE1C46" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E71018">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
@@ -5927,61 +5800,98 @@
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D47F430" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00CE67CD" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C6FD74A" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
+    <w:p w14:paraId="6396342A" w14:textId="5A873647" w:rsidR="00176490" w:rsidRDefault="00BD5BDB" w:rsidP="00176490">
       <w:r w:rsidRPr="006E61E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>If there’s anything in your financial statements you would like to clarify for assessors, such as cash reserves or negative equity, please explain it here (e.g. income from radiothon before the end of last financial year carried over to cover operational costs in this financial year).</w:t>
       </w:r>
-    </w:p>
+      <w:r w:rsidR="00176490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00176490" w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Must be no more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00176490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r w:rsidR="00176490" w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> words. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6FD74A" w14:textId="145C262C" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB"/>
     <w:p w14:paraId="79A3037A" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00F60956" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4325">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Organisational chart</w:t>
       </w:r>
@@ -6013,71 +5923,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Attach a ﬁle: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3045D628" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="125"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E61E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Showing your governance structure and any staff. Here's an example of an </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> chart you can edit: https://cbf.org.au/simple-organisational-chart/</w:t>
+        <w:t>Showing your governance structure and any staff. Here's an example of an organisational chart you can edit: https://cbf.org.au/simple-organisational-chart/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="023587FD" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00F60956" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="120"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
@@ -6108,71 +5998,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Attach a ﬁle: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78FD5575" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E61E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Such as any documents demonstrating the capacity of your </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> to achieve its goals or experience of key employees/volunteers</w:t>
+        <w:t>Such as any documents demonstrating the capacity of your organsation to achieve its goals or experience of key employees/volunteers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29C45387" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="00BD5BDB">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="125"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712762">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="125"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
@@ -6320,75 +6190,51 @@
         <w:t>This is where you should tell us when the activities will be carried out and by whom. This can include staff, volunteers and external partners.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3824CABB" w14:textId="77777777" w:rsidR="007E11E8" w:rsidRPr="009C7773" w:rsidRDefault="007E11E8" w:rsidP="009C7773">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C7773">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">The anticipated start and end dates will usually cover from 1 July this year to 30 June next year. If your activities are likely to start or finish earlier or later than these </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> please adjust them accordingly.</w:t>
+        <w:t>The anticipated start and end dates will usually cover from 1 July this year to 30 June next year. If your activities are likely to start or finish earlier or later than these dates please adjust them accordingly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="493779B1" w14:textId="147D423B" w:rsidR="00F350A8" w:rsidRPr="00CE67CD" w:rsidRDefault="00F350A8" w:rsidP="005A1B4B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E25E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="125"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Anticipated start date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
@@ -6655,124 +6501,88 @@
         <w:t>Timelines</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29E9B2C3" w14:textId="77777777" w:rsidR="008A5FE6" w:rsidRPr="009C7773" w:rsidRDefault="008A5FE6" w:rsidP="009C7773">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C7773">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">The timelines table asks you to identify </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009C7773">
+        <w:t>The timelines table asks you to identify the when, what and who of your activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093C6AEA" w14:textId="662B65B5" w:rsidR="008A5FE6" w:rsidRPr="009C7773" w:rsidRDefault="008A5FE6" w:rsidP="009C7773">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>the when</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="009C7773">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>, what and who of your activities.</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="0"/>
+        <w:t xml:space="preserve">If you are planning multiple, complicated activities this table may be too restrictive for you. Instead use a separate template that better suits your needs and attach it under Other planning documents at the bottom of this page. You </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C7773">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-      </w:pPr>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> planning documents at the bottom of this page. You will still have to complete the first line of this table to let us know you have attached a document. </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">will still have to complete the first line of this table to let us know you have attached a document. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B015AE" w14:textId="77777777" w:rsidR="008A5FE6" w:rsidRPr="00AE1C46" w:rsidRDefault="008A5FE6" w:rsidP="00F350A8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="133" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2468"/>
@@ -7406,78 +7216,183 @@
     </w:p>
     <w:p w14:paraId="638EF3FA" w14:textId="5BC622C7" w:rsidR="004609AB" w:rsidRDefault="008A5FE6" w:rsidP="004609AB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A5FE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">We will only consider multi-year funding for applications who have been supported for similar activities by </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A5FE6">
+        <w:t>We will only consider multi-year funding for applications who have been supported for similar activities by the CBF previously. New activities are not eligible for multi-year funding.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A4779E" w14:textId="77777777" w:rsidR="00176490" w:rsidRDefault="00176490" w:rsidP="004609AB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>the CBF</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A5FE6">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FF087B5" w14:textId="3DEC1519" w:rsidR="00176490" w:rsidRPr="00AE1C46" w:rsidRDefault="00176490" w:rsidP="00176490">
+      <w:pPr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>What opportunities and/or benefits will multiyear funding provide your organisation?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="120"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (optional if choosing multiyear funding).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4993305A" w14:textId="77777777" w:rsidR="00176490" w:rsidRDefault="00176490" w:rsidP="00176490">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="128"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EB2C171" w14:textId="77777777" w:rsidR="00176490" w:rsidRPr="00CE67CD" w:rsidRDefault="00176490" w:rsidP="00176490">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="128"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AB3D03D" w14:textId="7BD00277" w:rsidR="00176490" w:rsidRDefault="00176490" w:rsidP="00176490">
+      <w:r w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Must be no more than </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 words. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0116DEB5" w14:textId="77777777" w:rsidR="00176490" w:rsidRDefault="00176490" w:rsidP="004609AB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> previously. New activities are not eligible for multi-year funding.</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="5B310994" w14:textId="77777777" w:rsidR="009C7773" w:rsidRPr="008A5FE6" w:rsidRDefault="009C7773" w:rsidP="004609AB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="808080"/>
           <w:w w:val="115"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6484AECC" w14:textId="23D6CD31" w:rsidR="004609AB" w:rsidRDefault="004609AB" w:rsidP="004609AB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:w w:val="120"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004609AB">
@@ -7862,50 +7777,51 @@
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>How do I complete the budget table?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0BC88505" w14:textId="77777777" w:rsidR="00C205F6" w:rsidRPr="00F41CED" w:rsidRDefault="00C205F6" w:rsidP="00C205F6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F41CED">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Trebuchet MS" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>FAQ</w:t>
       </w:r>
       <w:r w:rsidRPr="00F41CED">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:anchor="Whatarein-kindcontributions?" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00F41CED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>What are in-kind contributions?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="26A3B994" w14:textId="77777777" w:rsidR="00C205F6" w:rsidRPr="00F41CED" w:rsidRDefault="00C205F6" w:rsidP="00C205F6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
@@ -8039,186 +7955,146 @@
               </w:rPr>
               <w:t>Expenditure item</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="970" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AD1AD31" w14:textId="77777777" w:rsidR="003A18FE" w:rsidRDefault="003A18FE" w:rsidP="009A0D31">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Total </w:t>
-[...8 lines deleted...]
-              <w:t>Cost</w:t>
+              <w:t>Total Cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78EDDE6E" w14:textId="77777777" w:rsidR="003A18FE" w:rsidRPr="004609AB" w:rsidRDefault="003A18FE" w:rsidP="009A0D31">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-              <w:t>request</w:t>
+              <w:t>CBF request</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="587B138D" w14:textId="77777777" w:rsidR="003A18FE" w:rsidRPr="004609AB" w:rsidRDefault="003A18FE" w:rsidP="009A0D31">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-              <w:t>funds</w:t>
+              <w:t>Other funds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04A9F027" w14:textId="77777777" w:rsidR="003A18FE" w:rsidRPr="004609AB" w:rsidRDefault="003A18FE" w:rsidP="009A0D31">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-              <w:t>– other funds</w:t>
+              <w:t>Contributor – other funds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="066EB92D" w14:textId="77777777" w:rsidR="003A18FE" w:rsidRDefault="003A18FE" w:rsidP="009A0D31">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Quotes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A18FE" w:rsidRPr="00CE67CD" w14:paraId="085D3F4C" w14:textId="77777777" w:rsidTr="009A0D31">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25560C09" w14:textId="77777777" w:rsidR="003A18FE" w:rsidRPr="004609AB" w:rsidRDefault="003A18FE" w:rsidP="009A0D31">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Transmission operational expenses</w:t>
@@ -9903,50 +9779,51 @@
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1158"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BD5BDB" w:rsidRPr="00CE67CD" w14:paraId="5D861141" w14:textId="77777777" w:rsidTr="00BD5BDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="645C4A6A" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="004609AB" w:rsidRDefault="00BD5BDB" w:rsidP="009A0D31">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Expenditure Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="439F9F79" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRDefault="00BD5BDB" w:rsidP="009A0D31">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Expenditure item</w:t>
@@ -10300,51 +10177,50 @@
         <w:gridCol w:w="1158"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BD5BDB" w:rsidRPr="00CE67CD" w14:paraId="5082FA54" w14:textId="77777777" w:rsidTr="00BD5BDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75903E13" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00A57E75" w:rsidRDefault="00BD5BDB" w:rsidP="009A0D31">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A57E75">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Totals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39AA530B" w14:textId="77777777" w:rsidR="00BD5BDB" w:rsidRPr="00A57E75" w:rsidRDefault="00BD5BDB" w:rsidP="009A0D31">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
           </w:tcPr>
@@ -10622,50 +10498,79 @@
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C5833E2" w14:textId="77777777" w:rsidR="00C55FF6" w:rsidRPr="00AE1C46" w:rsidRDefault="00C55FF6" w:rsidP="00A57E75">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="76502AFA" w14:textId="12EE53D6" w:rsidR="00176490" w:rsidRDefault="00176490" w:rsidP="00176490">
+      <w:r w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Must be no more than </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Tahoma" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="808080"/>
+          <w:w w:val="115"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> words. </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7770F832" w14:textId="77777777" w:rsidR="00B8492A" w:rsidRPr="00546B42" w:rsidRDefault="00B8492A" w:rsidP="00B8492A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1668BA67" w14:textId="77777777" w:rsidR="002F762E" w:rsidRPr="00220A7B" w:rsidRDefault="002F762E" w:rsidP="002F762E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b w:val="0"/>
           <w:color w:val="1E6F8C"/>
           <w:w w:val="115"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F762E">
@@ -10674,71 +10579,51 @@
           <w:bCs w:val="0"/>
           <w:color w:val="1E6F8C"/>
           <w:w w:val="115"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Assessment and Declaration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B489C6" w14:textId="77777777" w:rsidR="00F4782B" w:rsidRPr="00F4782B" w:rsidRDefault="00F4782B" w:rsidP="002F762E">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4782B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wherever possible the CBF will endeavour to align assessors with relevant skills and experience to each project detailed in your application. This process will not guarantee individual assessors to score your </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> allows applicants to express a preference for the knowledge base of people assessing their proposal. </w:t>
+        <w:t xml:space="preserve">Wherever possible the CBF will endeavour to align assessors with relevant skills and experience to each project detailed in your application. This process will not guarantee individual assessors to score your proposal, but allows applicants to express a preference for the knowledge base of people assessing their proposal. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AC3C84D" w14:textId="1A1E97DC" w:rsidR="002F762E" w:rsidRPr="002F762E" w:rsidRDefault="002F762E" w:rsidP="002F762E">
       <w:pPr>
         <w:spacing w:before="160" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="125"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F762E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="125"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
@@ -16174,67 +16059,67 @@
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1136215522">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1965962460">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1184519797">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="144321849">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1521164765">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="573322595">
     <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B8492A"/>
     <w:rsid w:val="00027F9E"/>
     <w:rsid w:val="00077FA4"/>
     <w:rsid w:val="000C2D36"/>
     <w:rsid w:val="0010624A"/>
+    <w:rsid w:val="00176490"/>
     <w:rsid w:val="001C24F4"/>
     <w:rsid w:val="001D2B14"/>
     <w:rsid w:val="002F1BC9"/>
     <w:rsid w:val="002F2554"/>
     <w:rsid w:val="002F762E"/>
     <w:rsid w:val="00355F1B"/>
     <w:rsid w:val="003751A0"/>
     <w:rsid w:val="003A18FE"/>
     <w:rsid w:val="003B5C91"/>
     <w:rsid w:val="003E25E8"/>
     <w:rsid w:val="004462B8"/>
     <w:rsid w:val="004609AB"/>
     <w:rsid w:val="00473868"/>
     <w:rsid w:val="00483471"/>
     <w:rsid w:val="004B2D64"/>
     <w:rsid w:val="004D158D"/>
     <w:rsid w:val="00506889"/>
     <w:rsid w:val="00511225"/>
     <w:rsid w:val="00530A6B"/>
     <w:rsid w:val="00546B42"/>
     <w:rsid w:val="005A1B4B"/>
     <w:rsid w:val="005C28A2"/>
     <w:rsid w:val="005C40B2"/>
     <w:rsid w:val="005D26B5"/>
     <w:rsid w:val="006337F5"/>
@@ -16246,71 +16131,73 @@
     <w:rsid w:val="007C7EEA"/>
     <w:rsid w:val="007E11E8"/>
     <w:rsid w:val="00817C9F"/>
     <w:rsid w:val="00821744"/>
     <w:rsid w:val="008937B8"/>
     <w:rsid w:val="008A5FE6"/>
     <w:rsid w:val="008B4325"/>
     <w:rsid w:val="008C1944"/>
     <w:rsid w:val="00932FA1"/>
     <w:rsid w:val="009663B6"/>
     <w:rsid w:val="00972459"/>
     <w:rsid w:val="009C7773"/>
     <w:rsid w:val="009D5896"/>
     <w:rsid w:val="009D5DC6"/>
     <w:rsid w:val="00A24F1A"/>
     <w:rsid w:val="00A27ACC"/>
     <w:rsid w:val="00A52F5F"/>
     <w:rsid w:val="00A57E75"/>
     <w:rsid w:val="00A65918"/>
     <w:rsid w:val="00A93BEF"/>
     <w:rsid w:val="00AA4378"/>
     <w:rsid w:val="00AB3FB3"/>
     <w:rsid w:val="00AB626F"/>
     <w:rsid w:val="00AD603F"/>
     <w:rsid w:val="00AE1C46"/>
+    <w:rsid w:val="00AF30DE"/>
     <w:rsid w:val="00B42A68"/>
     <w:rsid w:val="00B76F59"/>
     <w:rsid w:val="00B8492A"/>
     <w:rsid w:val="00BC57C0"/>
     <w:rsid w:val="00BD5BDB"/>
     <w:rsid w:val="00BF1EB5"/>
     <w:rsid w:val="00C205F6"/>
     <w:rsid w:val="00C55FF6"/>
     <w:rsid w:val="00C720B3"/>
     <w:rsid w:val="00C83755"/>
     <w:rsid w:val="00CC3207"/>
     <w:rsid w:val="00CD3541"/>
     <w:rsid w:val="00D434CF"/>
     <w:rsid w:val="00D613D3"/>
     <w:rsid w:val="00DA0724"/>
     <w:rsid w:val="00DC3904"/>
     <w:rsid w:val="00DD735C"/>
     <w:rsid w:val="00E05C50"/>
     <w:rsid w:val="00E325DE"/>
     <w:rsid w:val="00E55EDE"/>
     <w:rsid w:val="00E71018"/>
+    <w:rsid w:val="00E86AAF"/>
     <w:rsid w:val="00EB0019"/>
     <w:rsid w:val="00F11E52"/>
     <w:rsid w:val="00F13D61"/>
     <w:rsid w:val="00F342CA"/>
     <w:rsid w:val="00F350A8"/>
     <w:rsid w:val="00F41CED"/>
     <w:rsid w:val="00F4782B"/>
     <w:rsid w:val="00F60956"/>
     <w:rsid w:val="00F667CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -17706,70 +17593,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F8CA51E83F56D4BA3656DDFC92947A5" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0f2c0fa13bf6eb31c13e105d746fbd0a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1588e857-b7f9-4626-af9f-0af0ac668ce9" xmlns:ns3="cb139596-0b16-40ba-8a6f-7225b1e83fe1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="588c358c7ab7654a9ff85b331ac747c4" ns2:_="" ns3:_="">
     <xsd:import namespace="1588e857-b7f9-4626-af9f-0af0ac668ce9"/>
     <xsd:import namespace="cb139596-0b16-40ba-8a6f-7225b1e83fe1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -17980,118 +17847,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="cb139596-0b16-40ba-8a6f-7225b1e83fe1" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1588e857-b7f9-4626-af9f-0af0ac668ce9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{704A311B-27E1-41E7-AEE9-51D6EDF89E26}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1588e857-b7f9-4626-af9f-0af0ac668ce9"/>
     <ds:schemaRef ds:uri="cb139596-0b16-40ba-8a6f-7225b1e83fe1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{060A47F2-4576-4C0E-B30F-4620A12A96A8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="cb139596-0b16-40ba-8a6f-7225b1e83fe1"/>
+    <ds:schemaRef ds:uri="1588e857-b7f9-4626-af9f-0af0ac668ce9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{032A2906-1D4D-41C1-A1A6-2F271EF00256}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>14566</Characters>
+  <Pages>11</Pages>
+  <Words>2709</Words>
+  <Characters>14768</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>121</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>642</Lines>
+  <Paragraphs>329</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17087</CharactersWithSpaces>
+  <CharactersWithSpaces>17148</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dean Linguey</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004F8CA51E83F56D4BA3656DDFC92947A5</vt:lpwstr>
   </property>